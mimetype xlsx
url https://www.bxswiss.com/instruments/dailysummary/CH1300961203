--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156b00022d2c4e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5209cbd6ed374924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460fdb14c13540c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1123b4748554eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R155c1f1b49894df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460fdb14c13540c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb50f63a1ff4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1123b4748554eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Risk-Adjusted Bitcoin &amp; USD Overnight Interest Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1300961203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>133,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,670</x:t>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>133,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,110</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>133,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>133,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,050</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>133,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>135,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>