--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5209cbd6ed374924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7552d56ab5c4d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1123b4748554eea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfbc75f45154455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb50f63a1ff4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1123b4748554eea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c9fbe2650047f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfbc75f45154455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Risk-Adjusted Bitcoin &amp; USD Overnight Interest Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1300961203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>133,530</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>