--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7552d56ab5c4d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37fec7c9966a4ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfbc75f45154455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9943bf1600cd41b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c9fbe2650047f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfbc75f45154455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d836168d9642cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9943bf1600cd41b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Risk-Adjusted Bitcoin &amp; USD Overnight Interest Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1300961203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>129,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>129,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...307 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,030</x:t>
-[...301 lines deleted...]
-          <x:t>129,410</x:t>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>