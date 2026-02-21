--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37fec7c9966a4ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfe0a1b56a64169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9943bf1600cd41b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4274333a8e1c4f23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d836168d9642cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9943bf1600cd41b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra812da5fdf08465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4274333a8e1c4f23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Risk-Adjusted Bitcoin &amp; USD Overnight Interest Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1300961203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>130,250</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,030</x:t>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>129,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,570</x:t>
-[...53 lines deleted...]
-          <x:t>129,010</x:t>
+          <x:t>128,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>130,270</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>