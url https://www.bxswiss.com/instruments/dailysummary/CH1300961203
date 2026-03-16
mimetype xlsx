--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccfe0a1b56a64169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3952b3fa4a3c48f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4274333a8e1c4f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R418b92e977c741e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra812da5fdf08465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4274333a8e1c4f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25baa22d2933451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R418b92e977c741e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Risk-Adjusted Bitcoin &amp; USD Overnight Interest Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1300961203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>126,350</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>125,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>124,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,790</x:t>
-[...38 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,950</x:t>
-[...21 lines deleted...]
-          <x:t>125,430</x:t>
+          <x:t>126,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,130</x:t>
-[...193 lines deleted...]
-          <x:t>125,610</x:t>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>