--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113d9ce545134563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca5ffeb47fa425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree5806a28ca94e18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9532c328bfd8454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9efad244b3d04c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree5806a28ca94e18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aead10b9e454d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9532c328bfd8454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1298673414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,465</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,585</x:t>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,585</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...448 lines deleted...]
-          <x:t>2,445</x:t>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,605</x:t>
-        </x:is>
-[...62 lines deleted...]
-          <x:t>2,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>