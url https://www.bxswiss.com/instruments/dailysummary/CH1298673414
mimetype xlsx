--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca5ffeb47fa425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbfe2efd58b4622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9532c328bfd8454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b895412cb4475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aead10b9e454d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9532c328bfd8454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e07c704e713465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b895412cb4475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1298673414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,725</x:t>
-[...21 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,645</x:t>
-[...70 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,725</x:t>
-[...328 lines deleted...]
-          <x:t>2,605</x:t>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>