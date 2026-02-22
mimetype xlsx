--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbfe2efd58b4622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa1df2148b94792" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b895412cb4475d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3922449b3cd4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e07c704e713465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b895412cb4475d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5ab176dad1f458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3922449b3cd4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1298673414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>3,355</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,335</x:t>
-[...16 lines deleted...]
-          <x:t>3,515</x:t>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,515</x:t>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>