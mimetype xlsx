--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa1df2148b94792" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re356d960c0834d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3922449b3cd4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8204f472c97b4b89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5ab176dad1f458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3922449b3cd4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969a643287bf49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8204f472c97b4b89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1298673414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>3,845</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>4,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,105</x:t>
-[...26 lines deleted...]
-          <x:t>4,115</x:t>
+          <x:t>4,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,225</x:t>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,435</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>4,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>