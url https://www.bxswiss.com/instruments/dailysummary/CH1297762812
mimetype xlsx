--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e88092acdd54749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re317a0301c4c47e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561feba5c381485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54cb64275d7a4602"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7accb693fc6e4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561feba5c381485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93232392ff9d45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54cb64275d7a4602" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>