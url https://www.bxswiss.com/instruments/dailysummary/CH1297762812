--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re317a0301c4c47e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a105efc1dd4bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54cb64275d7a4602"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ab5a1bc1564387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93232392ff9d45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54cb64275d7a4602" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e91ada6e1c40c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ab5a1bc1564387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>6,557</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>