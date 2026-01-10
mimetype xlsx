--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a105efc1dd4bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8847a17579cc4203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ab5a1bc1564387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb994d81957b24635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e91ada6e1c40c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ab5a1bc1564387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bab3ac2365e4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb994d81957b24635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>5,061</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,114</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,944</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>