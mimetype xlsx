--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8847a17579cc4203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab08d061b8814098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb994d81957b24635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7f01dc54b842b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bab3ac2365e4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb994d81957b24635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21279552c9074262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7f01dc54b842b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>4,471</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,529</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>4,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>5,441</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>