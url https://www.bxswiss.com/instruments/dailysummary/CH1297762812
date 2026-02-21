--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab08d061b8814098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fbdcf8bbb64770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7f01dc54b842b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62170f8d3ece482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21279552c9074262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7f01dc54b842b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6c447de0394a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62170f8d3ece482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>