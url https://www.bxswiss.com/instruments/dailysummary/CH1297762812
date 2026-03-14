--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fbdcf8bbb64770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d3e88726004762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62170f8d3ece482e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaaf8a249acd4a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6c447de0394a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62170f8d3ece482e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b21eecabe047c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaaf8a249acd4a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>4,172</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,961</x:t>
-[...87 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,946</x:t>
-[...198 lines deleted...]
-          <x:t>4,066</x:t>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>