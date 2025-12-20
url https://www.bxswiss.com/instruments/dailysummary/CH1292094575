--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6246bcc247c40be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3bbf24dab84b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ce590814654df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5b976f9597404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re284214c76b04689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ce590814654df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb722b605d8240e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5b976f9597404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>98,780</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>