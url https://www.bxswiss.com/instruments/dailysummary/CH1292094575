--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3bbf24dab84b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf15a9119e24583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5b976f9597404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bf86027afe54b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb722b605d8240e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5b976f9597404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8610875c1a4a4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bf86027afe54b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>97,580</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>98,040</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>03.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,175</x:t>
-[...333 lines deleted...]
-          <x:t>97,130</x:t>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>