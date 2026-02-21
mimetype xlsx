--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf15a9119e24583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac17dad6697a45ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bf86027afe54b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8323927ca3844fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8610875c1a4a4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bf86027afe54b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ac078961c34018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8323927ca3844fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>97,790</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>99,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>