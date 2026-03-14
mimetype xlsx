--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac17dad6697a45ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea24bd95c4ba4aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8323927ca3844fad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cee74fdeb284457"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ac078961c34018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8323927ca3844fad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e1bbe30dd5443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cee74fdeb284457" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>99,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>