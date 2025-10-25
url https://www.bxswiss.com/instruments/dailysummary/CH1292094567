--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf228c26d5624f3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra638920ac04d4e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa4a3381c7c45cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf99b03fe364083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbe7f18e555459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa4a3381c7c45cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8d39fd1c474d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf99b03fe364083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>99,120</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,710</x:t>
-[...85 lines deleted...]
-          <x:t>101,645</x:t>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>100,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...73 lines deleted...]
-          <x:t>101,095</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>