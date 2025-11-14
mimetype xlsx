--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra638920ac04d4e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2dd3f7f5074bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf99b03fe364083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b0617d419f418b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8d39fd1c474d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf99b03fe364083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9f9ff66bc740da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b0617d419f418b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>101,645</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>100,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,620</x:t>
-[...489 lines deleted...]
-        <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>100,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>