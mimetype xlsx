--- v2 (2025-11-14)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2dd3f7f5074bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12434ebcaee0416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b0617d419f418b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41ee89f97f2f411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9f9ff66bc740da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b0617d419f418b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea6000493c14f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41ee89f97f2f411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,590</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>