--- v3 (2025-12-27)
+++ v4 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12434ebcaee0416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779d7ef33e8c4739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41ee89f97f2f411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6404fe7a09314236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea6000493c14f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41ee89f97f2f411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ad806a0e954b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6404fe7a09314236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>81,030</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>83,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>85,090</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,300</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>86,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,460</x:t>
-[...9 lines deleted...]
-          <x:t>85,750</x:t>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>