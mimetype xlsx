--- v4 (2026-01-16)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779d7ef33e8c4739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35147e128094bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6404fe7a09314236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1733218e794bab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ad806a0e954b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6404fe7a09314236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10181790684b4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1733218e794bab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>79,930</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>84,320</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>