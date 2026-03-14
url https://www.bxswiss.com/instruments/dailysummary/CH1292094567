--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35147e128094bd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b98162fe61a4968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1733218e794bab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af2a42481d349fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10181790684b4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1733218e794bab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ed05b4119a4c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af2a42481d349fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>68,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>