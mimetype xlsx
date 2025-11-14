--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0843cc1c73d74076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6938bdf9b624a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83efbfffb975487a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dd02fadcc24a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff5ca30ed084bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83efbfffb975487a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b65b285b91749ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dd02fadcc24a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>101,835</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>101,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>100,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>