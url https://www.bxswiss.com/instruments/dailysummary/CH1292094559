--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6938bdf9b624a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02de55170d4c42ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dd02fadcc24a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd50981d20fbb4aa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b65b285b91749ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dd02fadcc24a0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2464fc2fdbf148fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd50981d20fbb4aa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>99,750</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>28.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,450</x:t>
-[...301 lines deleted...]
-          <x:t>99,550</x:t>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>