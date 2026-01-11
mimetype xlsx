--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02de55170d4c42ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919c3dc0e3e948e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd50981d20fbb4aa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc163b2b9a7450d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2464fc2fdbf148fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd50981d20fbb4aa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a0be6011f5c45fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc163b2b9a7450d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,500</x:t>
-[...58 lines deleted...]
-          <x:t>100,500</x:t>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>99,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>