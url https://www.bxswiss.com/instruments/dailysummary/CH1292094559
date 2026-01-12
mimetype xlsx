--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919c3dc0e3e948e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98cff031ff114434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc163b2b9a7450d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R746bc8137bb14dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a0be6011f5c45fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc163b2b9a7450d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e4a2fe57d54383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R746bc8137bb14dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>