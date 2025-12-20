--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ec5d88b8b24554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92ace7c05ea44a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a32f2c0bb744f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664a010f32314dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb55aba92bc84d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a32f2c0bb744f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra73e7fdfcb0043c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664a010f32314dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,665</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>