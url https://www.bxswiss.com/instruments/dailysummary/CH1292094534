--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92ace7c05ea44a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0166ce7074d4b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664a010f32314dbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d5a6f969ee428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra73e7fdfcb0043c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664a010f32314dbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f26ed1ad7ea4394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d5a6f969ee428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>