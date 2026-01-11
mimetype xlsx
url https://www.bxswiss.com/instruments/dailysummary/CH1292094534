--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0166ce7074d4b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f5e641b674458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d5a6f969ee428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cdee7747bf44be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f26ed1ad7ea4394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d5a6f969ee428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8583ac7e864f42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cdee7747bf44be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>97,780</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>05.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>98,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>