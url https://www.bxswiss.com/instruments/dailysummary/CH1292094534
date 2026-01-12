--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f5e641b674458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9572c527a34a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cdee7747bf44be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c66f6f4c27b4622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8583ac7e864f42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cdee7747bf44be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32e23f71bfa243a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c66f6f4c27b4622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>