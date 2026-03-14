--- v4 (2026-01-12)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9572c527a34a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e813ee0ada47c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c66f6f4c27b4622"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a10c23fa174220"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32e23f71bfa243a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c66f6f4c27b4622" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf09f0347cd74365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a10c23fa174220" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,730</x:t>
-[...26 lines deleted...]
-          <x:t>99,280</x:t>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,790</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>97,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>101,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>