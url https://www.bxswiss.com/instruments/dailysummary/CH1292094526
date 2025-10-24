--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7115982a084e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59538a9fc820470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92328098b5334483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac00d94abb304299"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a85eb5631bc4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92328098b5334483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fcbc229ec154ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac00d94abb304299" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>96,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>96,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,840</x:t>
-        </x:is>
-[...597 lines deleted...]
-          <x:t>97,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>