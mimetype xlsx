--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59538a9fc820470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d3b4c9f929400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac00d94abb304299"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e10e98953741d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fcbc229ec154ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac00d94abb304299" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32dc825d64a45d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e10e98953741d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,140</x:t>
-[...80 lines deleted...]
-          <x:t>98,560</x:t>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>97,760</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,240</x:t>
-[...92 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,170</x:t>
-[...252 lines deleted...]
-          <x:t>95,840</x:t>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>