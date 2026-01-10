--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d3b4c9f929400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26e62c9f0004d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e10e98953741d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb5c95ca9144b69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32dc825d64a45d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e10e98953741d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41c7a87c004649d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb5c95ca9144b69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,180</x:t>
-[...21 lines deleted...]
-          <x:t>98,030</x:t>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,880</x:t>
-[...38 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>99,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>