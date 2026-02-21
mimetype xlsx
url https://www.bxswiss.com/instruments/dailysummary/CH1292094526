--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26e62c9f0004d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e124f23b5f24179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb5c95ca9144b69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9665622de8cd45a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41c7a87c004649d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb5c95ca9144b69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b123a5fccd341b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9665622de8cd45a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>98,570</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,790</x:t>
-[...382 lines deleted...]
-          <x:t>99,310</x:t>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>