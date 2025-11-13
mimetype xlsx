--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2d3f75ebec446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b569427ac7c4e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37282cf6f98d476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a31b292fd3a48f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103b8899e93d4c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37282cf6f98d476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed95f3e439043d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a31b292fd3a48f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,110</x:t>
-[...274 lines deleted...]
-          <x:t>103,315</x:t>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>102,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>