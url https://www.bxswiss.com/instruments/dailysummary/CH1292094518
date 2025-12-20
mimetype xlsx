--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b569427ac7c4e38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc38a999cd3476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a31b292fd3a48f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519a2d9f89d94520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed95f3e439043d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a31b292fd3a48f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35471d6c0b1f400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519a2d9f89d94520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>103,285</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,030</x:t>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>103,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>