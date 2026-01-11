--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc38a999cd3476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d951628ce14e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519a2d9f89d94520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591591532b394d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35471d6c0b1f400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519a2d9f89d94520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9d320daa6a4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591591532b394d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>102,940</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,880</x:t>
-[...97 lines deleted...]
-          <x:t>102,920</x:t>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,720</x:t>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>103,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>103,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,155</x:t>
-[...31 lines deleted...]
-          <x:t>103,355</x:t>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>