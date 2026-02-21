--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d951628ce14e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d52ba5e91864f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591591532b394d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0e65bc5de64c03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9d320daa6a4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591591532b394d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac8d1318efd4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0e65bc5de64c03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>103,275</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,215</x:t>
-[...70 lines deleted...]
-          <x:t>103,245</x:t>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,245</x:t>
-[...16 lines deleted...]
-          <x:t>103,265</x:t>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,235</x:t>
+          <x:t>103,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>103,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,375</x:t>
+          <x:t>103,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>103,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,365</x:t>
-[...166 lines deleted...]
-          <x:t>103,455</x:t>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>