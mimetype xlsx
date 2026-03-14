--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d52ba5e91864f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c9541901f74aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0e65bc5de64c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb12b27a16d742ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac8d1318efd4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0e65bc5de64c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c55b604451f4552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb12b27a16d742ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.80% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,375</x:t>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...329 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,290</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>