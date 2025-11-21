--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc945f1f2de4569" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33efa60deb2740ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0585d717b5db450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d94f40801f448e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R008079e2b0a64ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0585d717b5db450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2521a502af345d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d94f40801f448e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,960</x:t>
-[...97 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,950</x:t>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>100,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>