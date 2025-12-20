--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33efa60deb2740ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2209f8bba1044e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d94f40801f448e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88621e526ed40f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2521a502af345d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d94f40801f448e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf75b82de604052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88621e526ed40f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,420</x:t>
-[...85 lines deleted...]
-          <x:t>96,800</x:t>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>95,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,460</x:t>
-[...409 lines deleted...]
-          <x:t>90,200</x:t>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>