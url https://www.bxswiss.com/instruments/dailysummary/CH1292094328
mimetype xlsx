--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2209f8bba1044e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a13a163b6c461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88621e526ed40f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R116dfbdaf9a34732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf75b82de604052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88621e526ed40f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ff8c0cec748460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R116dfbdaf9a34732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>