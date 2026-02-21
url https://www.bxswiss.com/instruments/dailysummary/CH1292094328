--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a13a163b6c461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc16c82f03804fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R116dfbdaf9a34732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c048ac8c2f4977"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ff8c0cec748460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R116dfbdaf9a34732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a566d3bb5f64adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c048ac8c2f4977" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>100,705</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>103,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>