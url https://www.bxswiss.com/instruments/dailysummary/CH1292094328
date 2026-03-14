--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc16c82f03804fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ca5ea037b64fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c048ac8c2f4977"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f280b2e07bc457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a566d3bb5f64adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c048ac8c2f4977" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1ec321cbbe48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f280b2e07bc457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>