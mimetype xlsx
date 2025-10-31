--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ed37b23b4942b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22916c5d9e824415" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R527f35fdb4984716"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde26368bfd654860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1078ac7c894b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R527f35fdb4984716" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d961bd63a274cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde26368bfd654860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,700</x:t>
-[...21 lines deleted...]
-          <x:t>93,260</x:t>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,260</x:t>
-[...571 lines deleted...]
-          <x:t>94,720</x:t>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>