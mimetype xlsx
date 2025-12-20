--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22916c5d9e824415" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ef54e7e1724aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde26368bfd654860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf97a1d70b67f49fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d961bd63a274cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde26368bfd654860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25a2497a186f48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf97a1d70b67f49fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>93,530</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,160</x:t>
-[...92 lines deleted...]
-          <x:t>96,960</x:t>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>96,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>