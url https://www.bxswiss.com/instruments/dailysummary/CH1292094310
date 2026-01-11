--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ef54e7e1724aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R576f04b647f5499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf97a1d70b67f49fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865f9ef43d0c4efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25a2497a186f48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf97a1d70b67f49fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R160f87e2de124ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865f9ef43d0c4efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>