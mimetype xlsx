--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R576f04b647f5499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4656cf10bfba45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865f9ef43d0c4efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a131b6c883412d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R160f87e2de124ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865f9ef43d0c4efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c7d272e5074728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a131b6c883412d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>100,290</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,140</x:t>
-[...134 lines deleted...]
-          <x:t>99,550</x:t>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>101,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>