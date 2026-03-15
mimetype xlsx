--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4656cf10bfba45e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a73c9618dc347c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a131b6c883412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfbf799f32864eeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c7d272e5074728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a131b6c883412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R626da323e87a46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfbf799f32864eeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>103,395</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,205</x:t>
-[...11 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>103,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,865</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>102,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>