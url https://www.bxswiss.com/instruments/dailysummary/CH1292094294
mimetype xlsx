--- v0 (2025-10-11)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59dfdcc718a4413" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e44affcf3f94fe2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1d2cb2fe65c4965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535929f7f969425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree76341d2b4d4b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1d2cb2fe65c4965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232ff8bb6a14411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535929f7f969425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>101,445</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>104,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>