--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e44affcf3f94fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9683e87b09544709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535929f7f969425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52cf404fc7ea453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232ff8bb6a14411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535929f7f969425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d47aeb35114417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52cf404fc7ea453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,770</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>