--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9683e87b09544709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523f5fb70be743a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52cf404fc7ea453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6757d4f4137c4d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d47aeb35114417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52cf404fc7ea453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd063e9264274339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6757d4f4137c4d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>