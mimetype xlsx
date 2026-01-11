--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523f5fb70be743a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42c89bce025f4cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6757d4f4137c4d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3c3ddb3867457e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd063e9264274339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6757d4f4137c4d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade00668da6843c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3c3ddb3867457e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>