--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42c89bce025f4cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06446dcdb2e4c2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3c3ddb3867457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82de4c9d79644381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade00668da6843c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3c3ddb3867457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb28b1d814c4c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82de4c9d79644381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,290</x:t>
-[...387 lines deleted...]
-          <x:t>101,635</x:t>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>