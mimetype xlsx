--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06446dcdb2e4c2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8957d9ffa5a54f13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82de4c9d79644381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d2596f2544b4bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb28b1d814c4c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82de4c9d79644381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dcc904624684847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d2596f2544b4bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,441 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>93,660</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,300</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>