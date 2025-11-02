--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc73e311ee874d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R394c016b59df4153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0523636235e94d66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7308bd2e7353426f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ba62762f4154347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0523636235e94d66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ade2918788461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7308bd2e7353426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,360</x:t>
-[...11 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>100,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,560</x:t>
-[...323 lines deleted...]
-          <x:t>100,745</x:t>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>