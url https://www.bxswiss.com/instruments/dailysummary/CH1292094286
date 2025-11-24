--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R394c016b59df4153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972e275fdc6943ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7308bd2e7353426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c17fef4f6584225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ade2918788461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7308bd2e7353426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f1f350816be413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c17fef4f6584225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,350</x:t>
-[...48 lines deleted...]
-          <x:t>98,130</x:t>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,670</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>99,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>