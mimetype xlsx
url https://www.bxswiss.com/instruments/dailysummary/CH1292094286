--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972e275fdc6943ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4a1c1498a54cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c17fef4f6584225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red265fa65d9c4c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f1f350816be413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c17fef4f6584225" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77fd50020fa24b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red265fa65d9c4c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>98,340</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,110</x:t>
-[...70 lines deleted...]
-          <x:t>98,420</x:t>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,340</x:t>
-[...173 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,770</x:t>
-[...279 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>