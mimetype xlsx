--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4a1c1498a54cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1edb5b7c2f45b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red265fa65d9c4c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4df069be1254cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77fd50020fa24b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red265fa65d9c4c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f8a4a7e6c54f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4df069be1254cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>