--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aaf3f6f80fc4653" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8856d684089a4dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53acd6fb4ac1491c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7979006ee5d94cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e9085cafa74d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53acd6fb4ac1491c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14dcb63f987e4c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7979006ee5d94cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>97,570</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,370</x:t>
-[...323 lines deleted...]
-          <x:t>95,790</x:t>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>