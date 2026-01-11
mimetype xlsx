--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8856d684089a4dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4219445d04e140a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7979006ee5d94cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree27a31b1d3b4fa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14dcb63f987e4c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7979006ee5d94cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b746bf33894a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree27a31b1d3b4fa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>95,940</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...221 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,540</x:t>
-[...58 lines deleted...]
-          <x:t>96,680</x:t>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,380</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>