--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4219445d04e140a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4250d8a882d54754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree27a31b1d3b4fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fb272277fff49dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b746bf33894a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree27a31b1d3b4fa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8bccaedce74526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fb272277fff49dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>94,820</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>95,390</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>96,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>