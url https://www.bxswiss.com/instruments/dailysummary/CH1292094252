--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4250d8a882d54754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59675fef0bdc4141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fb272277fff49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5950ac0b0954b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8bccaedce74526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fb272277fff49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e402d7f90c447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5950ac0b0954b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>91,150</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>92,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>91,700</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>