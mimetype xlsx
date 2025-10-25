--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb2cb9d99fe4043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512a3e4bf2e4404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R156d181309d1446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945c85d414e84548"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b6ebe2534404ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R156d181309d1446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af6c9f78e664576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945c85d414e84548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>98,310</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,140</x:t>
-[...502 lines deleted...]
-          <x:t>97,630</x:t>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,020</x:t>
-[...26 lines deleted...]
-          <x:t>96,350</x:t>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>