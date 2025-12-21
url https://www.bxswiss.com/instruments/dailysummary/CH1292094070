--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512a3e4bf2e4404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb74ba17da6b74de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945c85d414e84548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6a2267e00c4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af6c9f78e664576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945c85d414e84548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2a87a467f148f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6a2267e00c4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>95,210</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,660</x:t>
-[...11 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,290</x:t>
-[...144 lines deleted...]
-          <x:t>96,110</x:t>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>