--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb74ba17da6b74de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d7b55e0f8c4396" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6a2267e00c4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73386be986ea4fc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2a87a467f148f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6a2267e00c4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa6af0b6fd5341f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73386be986ea4fc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>92,780</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>93,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,160</x:t>
-[...210 lines deleted...]
-          <x:t>94,640</x:t>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,990</x:t>
-[...215 lines deleted...]
-          <x:t>92,520</x:t>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>