--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d7b55e0f8c4396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189eb49a2704e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73386be986ea4fc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a5339d989d43cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa6af0b6fd5341f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73386be986ea4fc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a179eb484ff4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a5339d989d43cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>94,230</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>