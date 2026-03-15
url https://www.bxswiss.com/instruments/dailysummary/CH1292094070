--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189eb49a2704e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8472170f97cd4ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a5339d989d43cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ef4d7c16dc4631"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a179eb484ff4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a5339d989d43cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112b95f97d60403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ef4d7c16dc4631" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>93,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>