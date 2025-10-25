--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32fb6635d004487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c09a1887d1e435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R228dff608792466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98cbcb2257624e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4445222a0d3746fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R228dff608792466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b9b591e7b243ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98cbcb2257624e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>98,160</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,990</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>100,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>102,290</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>