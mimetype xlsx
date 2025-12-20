--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c09a1887d1e435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7982d16fe714076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98cbcb2257624e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35269a2cb5a441a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b9b591e7b243ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98cbcb2257624e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b39ccbe49048f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35269a2cb5a441a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>101,385</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>