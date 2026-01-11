--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7982d16fe714076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ed1e2ee6c6407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35269a2cb5a441a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R756949d5be3540ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b39ccbe49048f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35269a2cb5a441a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a3ae5851194c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R756949d5be3540ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>85,980</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>82,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>