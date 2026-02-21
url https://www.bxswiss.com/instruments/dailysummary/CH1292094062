--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ed1e2ee6c6407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ee9ef47bc04721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R756949d5be3540ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R041ae96732624bd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a3ae5851194c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R756949d5be3540ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bf2ddb5eef74461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R041ae96732624bd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,850</x:t>
-[...360 lines deleted...]
-          <x:t>87,820</x:t>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>