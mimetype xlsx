--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ee9ef47bc04721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5da88a6bcf3426b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R041ae96732624bd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad10631316604067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bf2ddb5eef74461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R041ae96732624bd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc44f83f7d394b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad10631316604067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>90,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,840</x:t>
-[...249 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,070</x:t>
-[...171 lines deleted...]
-          <x:t>88,210</x:t>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>