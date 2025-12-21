--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724ae86b4beb4a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b83d3625e94f43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33ae9802cf844453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda0416579bd46d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf36c3e5e75b04554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33ae9802cf844453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae420422cd94f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda0416579bd46d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>91,600</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>95,070</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>