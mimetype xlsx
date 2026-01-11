--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b83d3625e94f43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfddca2efe1c84696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda0416579bd46d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef65927175f4269"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae420422cd94f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda0416579bd46d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffd2acab16d42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef65927175f4269" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>94,930</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>96,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,260</x:t>
-[...485 lines deleted...]
-          <x:t>94,710</x:t>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>