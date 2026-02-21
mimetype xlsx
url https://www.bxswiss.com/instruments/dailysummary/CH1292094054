--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfddca2efe1c84696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R902af7de5c744881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef65927175f4269"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f4589d820a44b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffd2acab16d42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef65927175f4269" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad923a3e8504874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f4589d820a44b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>91,900</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,870</x:t>
-[...382 lines deleted...]
-          <x:t>96,410</x:t>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>