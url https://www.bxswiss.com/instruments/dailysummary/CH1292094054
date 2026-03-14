--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R902af7de5c744881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3012b9fb9954eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f4589d820a44b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06b483a5c234c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad923a3e8504874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f4589d820a44b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3432c9f4c38141c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06b483a5c234c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>89,980</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>88,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,870</x:t>
-[...139 lines deleted...]
-          <x:t>89,470</x:t>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>