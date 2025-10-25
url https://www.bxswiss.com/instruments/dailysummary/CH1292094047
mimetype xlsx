--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8018e7a15c24d99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c715a1863b4c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1602532121a0422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9c7eb5f25e42db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8314c003d1b4964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1602532121a0422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf6fe44f3064176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9c7eb5f25e42db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>100,635</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>101,055</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>102,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>