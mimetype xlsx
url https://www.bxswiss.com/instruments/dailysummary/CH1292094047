--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c715a1863b4c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58ad553deb04ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9c7eb5f25e42db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd98e829a7854a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recf6fe44f3064176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9c7eb5f25e42db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb0191bcb17481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd98e829a7854a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>