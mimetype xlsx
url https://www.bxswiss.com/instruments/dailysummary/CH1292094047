--- v2 (2025-11-15)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58ad553deb04ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc33a6dbfd4384727" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd98e829a7854a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce7cf055d694516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb0191bcb17481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd98e829a7854a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36440e3200d3434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce7cf055d694516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>97,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>