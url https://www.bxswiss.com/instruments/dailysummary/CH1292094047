--- v3 (2025-12-27)
+++ v4 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc33a6dbfd4384727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd738aeb19a3046d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce7cf055d694516"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fea8f55ffe84fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36440e3200d3434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce7cf055d694516" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2748de5c8d3c48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fea8f55ffe84fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,970</x:t>
-[...242 lines deleted...]
-          <x:t>95,350</x:t>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,840</x:t>
-[...48 lines deleted...]
-          <x:t>95,060</x:t>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>95,060</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>