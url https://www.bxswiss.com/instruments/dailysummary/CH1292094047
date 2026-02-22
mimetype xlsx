--- v4 (2026-01-16)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd738aeb19a3046d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a036a10fe9346c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fea8f55ffe84fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R440f92b430044741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2748de5c8d3c48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fea8f55ffe84fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3debe5f8d662477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R440f92b430044741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>94,960</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>101,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>