--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a036a10fe9346c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296e2125e9b04d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R440f92b430044741"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5fe6a79d804b55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3debe5f8d662477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R440f92b430044741" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81cd3af2ed164351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5fe6a79d804b55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>98,170</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,860</x:t>
-[...141 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,180</x:t>
-[...198 lines deleted...]
-          <x:t>98,000</x:t>
+          <x:t>95,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>