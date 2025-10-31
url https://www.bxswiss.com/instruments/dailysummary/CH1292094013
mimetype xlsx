--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967ce904c60c437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1ad6c855c142a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfaf13f345ba469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra21dde858def4196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1cad93bd554097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfaf13f345ba469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ee20bd6f3643d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra21dde858def4196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094013</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>99,810</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>99,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
-[...259 lines deleted...]
-          <x:t>100,935</x:t>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,725</x:t>
-[...48 lines deleted...]
-          <x:t>101,115</x:t>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,055</x:t>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>