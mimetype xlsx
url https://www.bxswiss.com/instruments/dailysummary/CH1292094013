--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1ad6c855c142a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46c58bd05f84fbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra21dde858def4196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R830b977e50d34201"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ee20bd6f3643d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra21dde858def4196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f661363c4145de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R830b977e50d34201" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094013</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,870</x:t>
-[...269 lines deleted...]
-          <x:t>101,175</x:t>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,170</x:t>
-[...323 lines deleted...]
-          <x:t>101,685</x:t>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>