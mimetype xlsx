--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46c58bd05f84fbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8631995d7234b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R830b977e50d34201"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1307b02ad664b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f661363c4145de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R830b977e50d34201" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03de49b8fb934a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1307b02ad664b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094013</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,160</x:t>
-[...31 lines deleted...]
-          <x:t>99,490</x:t>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.11.2025</x:t>
-[...316 lines deleted...]
-          <x:t>97,160</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>