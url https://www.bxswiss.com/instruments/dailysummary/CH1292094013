--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8631995d7234b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a8c37384e84764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1307b02ad664b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2307c0265c86433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03de49b8fb934a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1307b02ad664b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb28df4c9a34e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2307c0265c86433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094013</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>98,560</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>98,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,620</x:t>
-[...80 lines deleted...]
-          <x:t>99,510</x:t>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>99,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>99,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>