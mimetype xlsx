--- v4 (2026-01-11)
+++ v5 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a8c37384e84764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26cad56672164ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2307c0265c86433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a59f2fb905b429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb28df4c9a34e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2307c0265c86433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7791e5e2d0c414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a59f2fb905b429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292094013</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>