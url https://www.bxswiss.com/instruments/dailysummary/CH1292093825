--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70395bed54e04fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c7ebad684dd4e69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R546305d2d9704890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R113698371ab04b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd7ef010bf74400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R546305d2d9704890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec48e5507a30488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R113698371ab04b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>104,830</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,620</x:t>
-[...382 lines deleted...]
-          <x:t>103,515</x:t>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>