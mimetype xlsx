--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c7ebad684dd4e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3401c98967ca4b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R113698371ab04b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd11bd5d1f6f54c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec48e5507a30488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R113698371ab04b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8b03eff6104095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd11bd5d1f6f54c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>101,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,975</x:t>
-[...75 lines deleted...]
-          <x:t>100,935</x:t>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.11.2025</x:t>
-[...424 lines deleted...]
-          <x:t>98,230</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>