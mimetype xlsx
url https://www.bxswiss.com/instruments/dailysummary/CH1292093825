--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3401c98967ca4b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc044dab82064000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd11bd5d1f6f54c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c94b24905c4580"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8b03eff6104095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd11bd5d1f6f54c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147cf2e2a1c3433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c94b24905c4580" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>102,080</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,930</x:t>
-[...26 lines deleted...]
-          <x:t>102,080</x:t>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>102,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,640</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,685</x:t>
-[...6 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,970</x:t>
-[...144 lines deleted...]
-          <x:t>102,160</x:t>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>