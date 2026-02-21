--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc044dab82064000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73747da30b8465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c94b24905c4580"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb256f47da854c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147cf2e2a1c3433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c94b24905c4580" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5de70e92569484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb256f47da854c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>101,445</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,425</x:t>
-[...350 lines deleted...]
-          <x:t>103,685</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>