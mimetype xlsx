--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d4ba4d9a284017" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb98c0ebf8d4284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826dc95ae6e94e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f62c87970f4a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22facc8f2c384e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826dc95ae6e94e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea221580960844f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f62c87970f4a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Carnival Corporation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,320</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>