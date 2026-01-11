--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb98c0ebf8d4284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139760b4ebdc47cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f62c87970f4a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ffccda49a042dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea221580960844f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f62c87970f4a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75831fb9eb354536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ffccda49a042dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Carnival Corporation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>91,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...334 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,430</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>