--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139760b4ebdc47cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be859a34ef74661" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ffccda49a042dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59cf2ed37194e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75831fb9eb354536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ffccda49a042dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd95042544d4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59cf2ed37194e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Carnival Corporation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>96,260</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,130</x:t>
-[...102 lines deleted...]
-          <x:t>99,790</x:t>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,510</x:t>
-[...161 lines deleted...]
-          <x:t>100,675</x:t>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>