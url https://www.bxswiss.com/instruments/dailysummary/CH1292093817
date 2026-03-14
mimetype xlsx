--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be859a34ef74661" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc650284918a4cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59cf2ed37194e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb2afc5c98e4a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd95042544d4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59cf2ed37194e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db6e14646794d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb2afc5c98e4a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Carnival Corporation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,140</x:t>
-[...247 lines deleted...]
-          <x:t>97,870</x:t>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>98,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>