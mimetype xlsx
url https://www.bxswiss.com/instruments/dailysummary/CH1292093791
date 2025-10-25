--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71bbe668eb504049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f712cf46844497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133f836a7b724c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbc6290a79e4ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcef53d43ffce487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133f836a7b724c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d03712ee8dc4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbc6290a79e4ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,830</x:t>
-[...495 lines deleted...]
-          <x:t>107,220</x:t>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>