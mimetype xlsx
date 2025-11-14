--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f712cf46844497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c9b171a6b34973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbc6290a79e4ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6995a74f0f1340c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d03712ee8dc4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbc6290a79e4ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b84ef3f124414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6995a74f0f1340c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>