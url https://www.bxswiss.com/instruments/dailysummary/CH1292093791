--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c9b171a6b34973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19bd94562d8a4494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6995a74f0f1340c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6192848776194a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b84ef3f124414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6995a74f0f1340c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re307f00bd3ae4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6192848776194a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,110</x:t>
-[...198 lines deleted...]
-          <x:t>100,855</x:t>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>