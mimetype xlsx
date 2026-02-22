--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19bd94562d8a4494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30dfabab6f448fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6192848776194a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92488d0dd84940c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re307f00bd3ae4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6192848776194a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360041739c5e4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92488d0dd84940c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>98,460</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,870</x:t>
-        </x:is>
-[...602 lines deleted...]
-          <x:t>94,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>