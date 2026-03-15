--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30dfabab6f448fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8444e271f04e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92488d0dd84940c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R837fd92aa84643e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360041739c5e4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92488d0dd84940c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a153a47b7ee44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R837fd92aa84643e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>99,860</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,700</x:t>
-[...70 lines deleted...]
-          <x:t>95,880</x:t>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>98,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>