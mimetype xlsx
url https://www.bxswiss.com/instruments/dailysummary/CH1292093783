--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9dd945301941b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red041c83a63a449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336aef743b26461f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbddf824131424705"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdddb3f9e92034c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336aef743b26461f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8604720098fd4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbddf824131424705" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>101,325</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,105</x:t>
-[...6 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>26.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,495</x:t>
-[...468 lines deleted...]
-          <x:t>101,045</x:t>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>