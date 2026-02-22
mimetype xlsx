--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red041c83a63a449e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9a2e50aa974b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbddf824131424705"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5ca0fae3f84354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8604720098fd4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbddf824131424705" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f27a4b897ed4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5ca0fae3f84354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,590</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>