--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9a2e50aa974b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9a8473b3c44755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5ca0fae3f84354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba81a0169854d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f27a4b897ed4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5ca0fae3f84354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8c20a345944b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba81a0169854d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Logitech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>97,380</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,750</x:t>
-[...490 lines deleted...]
-          <x:t>96,500</x:t>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>