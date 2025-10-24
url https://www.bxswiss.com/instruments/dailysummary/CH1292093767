--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7d4d131eb04d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5baf5dad4645f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab48d85bd7584d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2afc8fca712f42db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra03f7ad8aee1462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab48d85bd7584d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa902bd9f8f14025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2afc8fca712f42db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,370</x:t>
-[...421 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,910</x:t>
-[...117 lines deleted...]
-          <x:t>95,300</x:t>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>