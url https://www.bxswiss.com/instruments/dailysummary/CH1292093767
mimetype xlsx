--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5baf5dad4645f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf551e3dbe173492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2afc8fca712f42db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07aaa8c1c7347dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa902bd9f8f14025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2afc8fca712f42db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa3d79ac3a0446bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07aaa8c1c7347dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>92,410</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,660</x:t>
-[...112 lines deleted...]
-          <x:t>93,110</x:t>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>94,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>