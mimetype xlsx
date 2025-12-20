--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf551e3dbe173492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38654ce1cbbc4cb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07aaa8c1c7347dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c32f5e96a24ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa3d79ac3a0446bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07aaa8c1c7347dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39749603bec24913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c32f5e96a24ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>89,050</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,210</x:t>
-[...323 lines deleted...]
-          <x:t>85,550</x:t>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>