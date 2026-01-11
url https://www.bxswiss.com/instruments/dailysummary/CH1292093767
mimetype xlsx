--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38654ce1cbbc4cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ea802bd6ce4ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c32f5e96a24ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc80904cc3e41bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39749603bec24913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c32f5e96a24ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c2a3c8db994735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc80904cc3e41bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>83,950</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,450</x:t>
-[...227 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,120</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>87,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,590</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>