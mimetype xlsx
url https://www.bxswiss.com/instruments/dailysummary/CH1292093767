--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49ea802bd6ce4ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518d03f58bfe4535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc80904cc3e41bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34f56c14a6e4ced"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c2a3c8db994735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc80904cc3e41bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207ff4afe0e049d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34f56c14a6e4ced" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>89,670</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>