--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518d03f58bfe4535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e46439e051c494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34f56c14a6e4ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b9782c3d1514177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207ff4afe0e049d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34f56c14a6e4ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ae4890b6ab24376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b9782c3d1514177" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,430</x:t>
-[...603 lines deleted...]
-          <x:t>85,060</x:t>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>