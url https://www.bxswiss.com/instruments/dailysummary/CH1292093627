--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e46373a8a144de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649d26919d9c4a9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561a43da4ae8427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb319be3ddbb4f94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ef8f41d8ca94b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561a43da4ae8427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a08c28899d24ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb319be3ddbb4f94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on Agnico-Eagle Mines, Barrick Mining, Franco-Nevada, Newmont, Wheaton Precious Metals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>123,455</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>127,540</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,545</x:t>
-[...75 lines deleted...]
-          <x:t>123,225</x:t>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>125,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>