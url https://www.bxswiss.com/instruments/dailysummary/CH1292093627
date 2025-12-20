--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649d26919d9c4a9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff9823096004e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb319be3ddbb4f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re775011182a54c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a08c28899d24ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb319be3ddbb4f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf0ce77194504265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re775011182a54c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on Agnico-Eagle Mines, Barrick Mining, Franco-Nevada, Newmont, Wheaton Precious Metals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>125,160</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,735</x:t>
-[...97 lines deleted...]
-          <x:t>126,215</x:t>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,795</x:t>
-[...124 lines deleted...]
-          <x:t>126,675</x:t>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,990</x:t>
-[...355 lines deleted...]
-          <x:t>117,790</x:t>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>