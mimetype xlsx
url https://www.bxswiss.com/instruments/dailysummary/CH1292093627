--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff9823096004e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf95f2551b2441f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re775011182a54c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe500f09e1c43fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf0ce77194504265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re775011182a54c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30d410dce3284e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe500f09e1c43fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on Agnico-Eagle Mines, Barrick Mining, Franco-Nevada, Newmont, Wheaton Precious Metals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>