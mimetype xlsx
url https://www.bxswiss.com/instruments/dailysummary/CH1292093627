--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf95f2551b2441f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1e640e93324f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe500f09e1c43fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4182251af8cb472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30d410dce3284e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe500f09e1c43fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee1d73c71b742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4182251af8cb472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on Agnico-Eagle Mines, Barrick Mining, Franco-Nevada, Newmont, Wheaton Precious Metals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>