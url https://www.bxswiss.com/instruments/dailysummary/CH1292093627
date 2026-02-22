--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1e640e93324f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121e65c778da4ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4182251af8cb472d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a1d9d753bb445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee1d73c71b742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4182251af8cb472d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d0e5c244fe41c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a1d9d753bb445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on Agnico-Eagle Mines, Barrick Mining, Franco-Nevada, Newmont, Wheaton Precious Metals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>130,330</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,985</x:t>
-[...171 lines deleted...]
-          <x:t>131,890</x:t>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>