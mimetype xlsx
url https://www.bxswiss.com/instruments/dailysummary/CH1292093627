--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121e65c778da4ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re974fed078d64ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a1d9d753bb445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a96e858eb8641b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d0e5c244fe41c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a1d9d753bb445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ef641bf63d47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a96e858eb8641b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on Agnico-Eagle Mines, Barrick Mining, Franco-Nevada, Newmont, Wheaton Precious Metals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>135,290</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,960</x:t>
-[...333 lines deleted...]
-          <x:t>135,855</x:t>
+          <x:t>133,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>