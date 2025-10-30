--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae62032b1d84c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82110c235ed94be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd23c2b5522d74f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e8dd9b3c794abf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46448b37421e4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd23c2b5522d74f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192f6e994d0c4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e8dd9b3c794abf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,900</x:t>
-[...48 lines deleted...]
-          <x:t>99,660</x:t>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,240</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>