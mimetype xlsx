--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82110c235ed94be4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4424a17d1d74e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e8dd9b3c794abf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e44fe88319c4d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192f6e994d0c4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e8dd9b3c794abf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3484ce73a4834def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e44fe88319c4d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>97,040</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,190</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>97,370</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>96,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,130</x:t>
-[...129 lines deleted...]
-          <x:t>95,670</x:t>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>96,220</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>