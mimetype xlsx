--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4424a17d1d74e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra029d09c3a2d41ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e44fe88319c4d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83c53b394514d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3484ce73a4834def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e44fe88319c4d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5c611a60d34dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83c53b394514d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,110</x:t>
-[...603 lines deleted...]
-          <x:t>95,370</x:t>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>