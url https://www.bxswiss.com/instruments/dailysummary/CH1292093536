--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra029d09c3a2d41ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2859126a7c4147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf83c53b394514d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146c96a9af884e81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5c611a60d34dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf83c53b394514d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d3071fa71c4f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146c96a9af884e81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>22.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,730</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>