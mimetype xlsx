--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R869a169b53c14b40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30a61c126e24d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4684ca72f345d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8264ecdb807d4d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ca0f8c46c04780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4684ca72f345d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343dbfc189a34368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8264ecdb807d4d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,265</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,955</x:t>
-[...544 lines deleted...]
-          <x:t>100,775</x:t>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>