--- v1 (2025-11-02)
+++ v2 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30a61c126e24d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56feb288dfc54211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8264ecdb807d4d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9813ab78cc394a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343dbfc189a34368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8264ecdb807d4d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b250bf7ded14490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9813ab78cc394a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...338 lines deleted...]
-          <x:t>96,070</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,650</x:t>
-[...225 lines deleted...]
-          <x:t>97,100</x:t>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>