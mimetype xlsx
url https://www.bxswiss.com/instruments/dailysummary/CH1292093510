--- v2 (2025-11-23)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56feb288dfc54211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R883cc346e2364378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9813ab78cc394a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd638b6d8d3f9425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b250bf7ded14490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9813ab78cc394a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e0800258f3497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd638b6d8d3f9425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...203 lines deleted...]
-          <x:t>96,980</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,680</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,190</x:t>
-[...350 lines deleted...]
-          <x:t>93,410</x:t>
+          <x:t>95,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>