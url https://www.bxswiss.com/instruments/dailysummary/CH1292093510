--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R883cc346e2364378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700c963523994a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd638b6d8d3f9425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e227a60325d42d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e0800258f3497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd638b6d8d3f9425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7273cd2d1c034855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e227a60325d42d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,820</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>