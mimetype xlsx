--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700c963523994a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1fd004924e4c51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e227a60325d42d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21269149b9ff4b21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7273cd2d1c034855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e227a60325d42d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb8343eccd749bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21269149b9ff4b21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>91,720</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>91,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>90,370</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,750</x:t>
-[...141 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>88,530</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>