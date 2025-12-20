--- v0 (2025-11-23)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b00b2900866418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb86725389d42fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63dc146d39864e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71be9ca4e5ae4360"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2e57be80354713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63dc146d39864e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc22902fc7c4d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71be9ca4e5ae4360" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>82,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,960</x:t>
-[...247 lines deleted...]
-          <x:t>81,220</x:t>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>80,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>