--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb86725389d42fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8112bc558694d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71be9ca4e5ae4360"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b873653cfb14485"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc22902fc7c4d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71be9ca4e5ae4360" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16896a8ae6a7429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b873653cfb14485" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,310</x:t>
-[...70 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>83,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,970</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>83,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,470</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>