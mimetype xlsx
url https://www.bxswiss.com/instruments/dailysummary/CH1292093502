--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8112bc558694d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91310c6ef4284716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b873653cfb14485"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0821c490c9d745c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16896a8ae6a7429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b873653cfb14485" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8797c0da2f104c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0821c490c9d745c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>80,370</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,480</x:t>
-[...441 lines deleted...]
-          <x:t>94,700</x:t>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>