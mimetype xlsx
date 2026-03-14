--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91310c6ef4284716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60dac7e73a464836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0821c490c9d745c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racff9d2703544f57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8797c0da2f104c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0821c490c9d745c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f2f0ed254540a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racff9d2703544f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>75,415</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,415</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>