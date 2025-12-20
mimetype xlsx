--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc0ef05a11945fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267ccbf5b58b4493" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90fd57c1df14438b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0205849d5754f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef44b3ee9624903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90fd57c1df14438b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf37278418944a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0205849d5754f90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,030</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>