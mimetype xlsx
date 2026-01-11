--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267ccbf5b58b4493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12899298ca3542ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0205849d5754f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9251587c0db84ad5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf37278418944a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0205849d5754f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5060efbaf639414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9251587c0db84ad5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>94,660</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>94,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,410</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>