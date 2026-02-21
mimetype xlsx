--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12899298ca3542ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd6d8128fda4e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9251587c0db84ad5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd82a59469bc4603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5060efbaf639414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9251587c0db84ad5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a5879af5d3f46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd82a59469bc4603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>95,320</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,320</x:t>
-[...16 lines deleted...]
-          <x:t>96,180</x:t>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,700</x:t>
-[...11 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,310</x:t>
-[...225 lines deleted...]
-          <x:t>98,210</x:t>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>