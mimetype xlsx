--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd6d8128fda4e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14991b9bfa2b4259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd82a59469bc4603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26d7af5294ca40ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a5879af5d3f46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd82a59469bc4603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db3065521a243e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26d7af5294ca40ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>94,690</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,280</x:t>
-[...119 lines deleted...]
-          <x:t>92,820</x:t>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,760</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>93,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>