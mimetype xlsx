--- v0 (2025-10-12)
+++ v1 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84d17421676b4e6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5396f3837ea461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91433a9d02534f81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43ee27cfb8f422d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca5c8f5253a64686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91433a9d02534f81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7a130ce52c4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43ee27cfb8f422d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,165</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>101,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>100,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>100,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>