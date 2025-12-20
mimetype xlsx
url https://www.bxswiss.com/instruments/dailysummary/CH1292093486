--- v1 (2025-11-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5396f3837ea461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8c10452fb44832" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43ee27cfb8f422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R102db6f5446340e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7a130ce52c4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43ee27cfb8f422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b8033b871554919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R102db6f5446340e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,560</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...75 lines deleted...]
-          <x:t>100,815</x:t>
+          <x:t>101,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,675</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>100,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>101,185</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...65 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,315</x:t>
-[...90 lines deleted...]
-          <x:t>100,540</x:t>
+          <x:t>101,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>