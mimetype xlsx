--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8c10452fb44832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1fb8ed1bf84520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R102db6f5446340e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4be17974512433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b8033b871554919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R102db6f5446340e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca02a52c58448e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4be17974512433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,315</x:t>
-[...161 lines deleted...]
-          <x:t>101,795</x:t>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,745</x:t>
-[...362 lines deleted...]
-          <x:t>101,335</x:t>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,215</x:t>
-[...85 lines deleted...]
-          <x:t>101,625</x:t>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>