--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1fb8ed1bf84520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca5759131fb4c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4be17974512433a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd645ba839d94d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca02a52c58448e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4be17974512433a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe1e2917078640e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd645ba839d94d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,370</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>