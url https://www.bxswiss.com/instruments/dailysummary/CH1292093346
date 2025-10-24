--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70f740872dd45e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbb7f80f2c34fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153265a01b7c48ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150c1f1e5f4d4b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6deb4be14a8c4e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153265a01b7c48ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02d15c3e2da4525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150c1f1e5f4d4b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Multi Barrier Reverse Convertible on Alphabet, Amazon, IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,675</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,645</x:t>
-[...48 lines deleted...]
-          <x:t>101,855</x:t>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,415</x:t>
-[...11 lines deleted...]
-          <x:t>101,165</x:t>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>101,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>