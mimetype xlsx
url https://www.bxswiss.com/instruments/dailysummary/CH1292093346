--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbb7f80f2c34fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf9ccd57444e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150c1f1e5f4d4b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd310ff5e93d4913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02d15c3e2da4525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150c1f1e5f4d4b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a12edb9370442d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd310ff5e93d4913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Multi Barrier Reverse Convertible on Alphabet, Amazon, IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,205</x:t>
-[...102 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,285</x:t>
-[...463 lines deleted...]
-          <x:t>98,440</x:t>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>