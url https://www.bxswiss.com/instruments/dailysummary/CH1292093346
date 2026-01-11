--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf9ccd57444e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff224cfd77d4bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd310ff5e93d4913"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd6b0db36b374938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a12edb9370442d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd310ff5e93d4913" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147f6b3b929240d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd6b0db36b374938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Multi Barrier Reverse Convertible on Alphabet, Amazon, IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>100,685</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,620</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>101,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>101,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>