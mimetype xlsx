--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5943e40e07504bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a04fdc781e941cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b9495787b5419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R685a699c48ee4383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92a702e04d84650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b9495787b5419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e7c098cf8248ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R685a699c48ee4383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Multi Barrier Reverse Convertible on Alphabet, Netflix, The Walt Disney Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>101,195</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,975</x:t>
-[...11 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,635</x:t>
-[...16 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,980</x:t>
-[...107 lines deleted...]
-          <x:t>101,725</x:t>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,375</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>101,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,885</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>