--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a04fdc781e941cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90369684b8cc4c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R685a699c48ee4383"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32607dbb5d3e4e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e7c098cf8248ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R685a699c48ee4383" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b54568f4abf42da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32607dbb5d3e4e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Multi Barrier Reverse Convertible on Alphabet, Netflix, The Walt Disney Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...620 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,350</x:t>
-[...9 lines deleted...]
-          <x:t>95,790</x:t>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>