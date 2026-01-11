--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90369684b8cc4c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d323c754c446c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32607dbb5d3e4e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29d675f1b47d4239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b54568f4abf42da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32607dbb5d3e4e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d05dfb4ec9f4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29d675f1b47d4239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Multi Barrier Reverse Convertible on Alphabet, Netflix, The Walt Disney Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>94,090</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,160</x:t>
-[...33 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,700</x:t>
-[...70 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,850</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>89,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>90,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>