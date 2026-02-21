--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d323c754c446c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69b78de903394b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29d675f1b47d4239"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6d3b14c84d4913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d05dfb4ec9f4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29d675f1b47d4239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9db313c3d341ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6d3b14c84d4913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Multi Barrier Reverse Convertible on Alphabet, Netflix, The Walt Disney Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>87,550</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>