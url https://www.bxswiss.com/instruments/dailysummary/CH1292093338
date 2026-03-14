--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69b78de903394b25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51dbfee045da4b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6d3b14c84d4913"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6381c0d3074e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9db313c3d341ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6d3b14c84d4913" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra276b88e01c04543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6381c0d3074e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Multi Barrier Reverse Convertible on Alphabet, Netflix, The Walt Disney Company</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +339,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>