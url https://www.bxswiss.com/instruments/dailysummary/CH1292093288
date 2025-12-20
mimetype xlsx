--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6df1c198204046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R735852dab7da4299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a8aae68d92644da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd985266b5594503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R539b2493057c4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a8aae68d92644da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07bb061bb4804b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd985266b5594503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>102,410</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,100</x:t>
-[...87 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,065</x:t>
-[...117 lines deleted...]
-          <x:t>101,305</x:t>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>