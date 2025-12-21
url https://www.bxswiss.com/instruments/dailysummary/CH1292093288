--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R735852dab7da4299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e1d03fe3c2445d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd985266b5594503"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532caeff7b0d4617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07bb061bb4804b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd985266b5594503" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e644fa9f3a3410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532caeff7b0d4617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>