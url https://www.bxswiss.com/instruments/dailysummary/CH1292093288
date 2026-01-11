--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e1d03fe3c2445d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df972e0ac9e4d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532caeff7b0d4617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247cbb00b4ee4b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e644fa9f3a3410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532caeff7b0d4617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245530b55eeb4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247cbb00b4ee4b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>97,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>