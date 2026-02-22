--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df972e0ac9e4d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92dd8e83903649a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247cbb00b4ee4b38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d23b2d53054988"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245530b55eeb4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247cbb00b4ee4b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50457b9bc0c4a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d23b2d53054988" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>99,050</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>104,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>