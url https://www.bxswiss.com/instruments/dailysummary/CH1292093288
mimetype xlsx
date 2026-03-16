--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92dd8e83903649a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c23a5d2965641ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d23b2d53054988"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4d6228584740ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50457b9bc0c4a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d23b2d53054988" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbebbe3f4d0854d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4d6228584740ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,110</x:t>
-[...264 lines deleted...]
-          <x:t>98,890</x:t>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,690</x:t>
-[...247 lines deleted...]
-          <x:t>102,130</x:t>
+          <x:t>100,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>