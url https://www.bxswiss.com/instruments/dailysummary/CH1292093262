--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a0430476e94fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6615eb29e3d34183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d94a4c11d64935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7069001fbe604264"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d02b878946942c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d94a4c11d64935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8568652083456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7069001fbe604264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.60% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>99,210</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,830</x:t>
-[...225 lines deleted...]
-          <x:t>101,315</x:t>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>