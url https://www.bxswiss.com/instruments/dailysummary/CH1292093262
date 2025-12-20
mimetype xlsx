--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6615eb29e3d34183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68802fc5fc644a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7069001fbe604264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4b6243b8a5483e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8568652083456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7069001fbe604264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07c4532ed7f4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4b6243b8a5483e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.60% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,930</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>