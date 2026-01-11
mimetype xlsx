--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68802fc5fc644a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f49382e65e043db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4b6243b8a5483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e1c83170704d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07c4532ed7f4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4b6243b8a5483e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68dba06466714fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e1c83170704d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.60% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>82,830</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,730</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>