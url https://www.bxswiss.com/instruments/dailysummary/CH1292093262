--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f49382e65e043db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4c9cd4432247b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e1c83170704d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fe75f703b6f4a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68dba06466714fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e1c83170704d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ce94fb670a415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fe75f703b6f4a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.60% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,180</x:t>
-[...4 lines deleted...]
-          <x:t>81,690</x:t>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,990</x:t>
-[...16 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,080</x:t>
-[...252 lines deleted...]
-          <x:t>86,810</x:t>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>