--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4c9cd4432247b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc857c90f85da4fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fe75f703b6f4a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f2081b304c447f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ce94fb670a415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fe75f703b6f4a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ae98439c7af4bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f2081b304c447f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.60% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>81,390</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,030</x:t>
-[...490 lines deleted...]
-          <x:t>86,870</x:t>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>