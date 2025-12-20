--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c40c07abe53405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900ee2f6d89c4b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33e547bc5014ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e6978d2b10460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55787df54f04038" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33e547bc5014ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d59f568c8944ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e6978d2b10460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>94,910</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>95,400</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,130</x:t>
-[...431 lines deleted...]
-          <x:t>92,490</x:t>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>