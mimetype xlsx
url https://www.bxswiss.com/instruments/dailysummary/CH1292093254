--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900ee2f6d89c4b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57f7c29d4db4eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e6978d2b10460e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cdfdf853a8048e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d59f568c8944ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e6978d2b10460e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463fe711f9774d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cdfdf853a8048e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>93,600</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,180</x:t>
-[...146 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>94,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,020</x:t>
-[...404 lines deleted...]
-          <x:t>95,580</x:t>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,180</x:t>
-[...26 lines deleted...]
-          <x:t>95,230</x:t>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>