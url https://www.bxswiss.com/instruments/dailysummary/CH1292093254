--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57f7c29d4db4eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab90363d70046eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cdfdf853a8048e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bb7e6624b44a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463fe711f9774d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cdfdf853a8048e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94662645f3d94dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bb7e6624b44a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>92,930</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>95,100</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>95,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>97,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>