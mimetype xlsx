--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab90363d70046eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80612b4c93e34b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bb7e6624b44a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6fcef2cb8c04e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94662645f3d94dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bb7e6624b44a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b62b3906f6046ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6fcef2cb8c04e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,800</x:t>
-[...4 lines deleted...]
-          <x:t>93,220</x:t>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>90,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>94,570</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>