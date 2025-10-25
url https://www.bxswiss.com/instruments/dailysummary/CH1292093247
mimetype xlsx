--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re791864214c44209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1ef9c9561949a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93d1e8aa22cc49a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1b3584b1e34da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf874846e4c2847f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93d1e8aa22cc49a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5baf7a7371754319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1b3584b1e34da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,590</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,140</x:t>
-[...53 lines deleted...]
-          <x:t>102,330</x:t>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>103,110</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>