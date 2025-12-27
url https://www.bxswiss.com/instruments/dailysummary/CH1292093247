--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1ef9c9561949a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9efd1b0947614c24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1b3584b1e34da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddce331a85ed48af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5baf7a7371754319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1b3584b1e34da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b774a134c394223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddce331a85ed48af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>99,860</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,590</x:t>
+          <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>100,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,140</x:t>
-[...26 lines deleted...]
-          <x:t>100,470</x:t>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>