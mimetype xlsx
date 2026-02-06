--- v2 (2025-12-27)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9efd1b0947614c24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1864d21f9445fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddce331a85ed48af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02951a9c8a45471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b774a134c394223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddce331a85ed48af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c54010ce61402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02951a9c8a45471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,020</x:t>
-[...31 lines deleted...]
-          <x:t>99,710</x:t>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>100,040</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>102,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>