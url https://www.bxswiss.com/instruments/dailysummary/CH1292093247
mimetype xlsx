--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1864d21f9445fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8bfa027b8304026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02951a9c8a45471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b448ea86fb49c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c54010ce61402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02951a9c8a45471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e13363025e4543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b448ea86fb49c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>100,020</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,730</x:t>
-[...6 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,500</x:t>
-[...70 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>99,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,810</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>100,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,580</x:t>
-[...16 lines deleted...]
-          <x:t>100,500</x:t>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,010</x:t>
-[...139 lines deleted...]
-          <x:t>98,820</x:t>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>