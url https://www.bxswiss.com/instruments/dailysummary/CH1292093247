--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8bfa027b8304026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e7d494f85a40e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b448ea86fb49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R230a7ba054244155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e13363025e4543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b448ea86fb49c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e2c3783dac43b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R230a7ba054244155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,655</x:t>
-[...16 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...504 lines deleted...]
-          <x:t>24.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,035</x:t>
-[...36 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>