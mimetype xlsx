--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8dd5e4341f4d86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18452781a6046e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9102bc1457284fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854a4b2447a54c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c113397cff4d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9102bc1457284fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749a74f776ae4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854a4b2447a54c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>101,325</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,600</x:t>
-[...60 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,360</x:t>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...440 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,735</x:t>
-[...90 lines deleted...]
-          <x:t>101,930</x:t>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>