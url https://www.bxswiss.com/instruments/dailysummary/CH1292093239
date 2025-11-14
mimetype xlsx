--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18452781a6046e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re85b85ba1a724cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854a4b2447a54c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7701ea3baa4c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749a74f776ae4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854a4b2447a54c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf729bfe73944798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7701ea3baa4c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>