--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re85b85ba1a724cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c39e3d0aa8429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7701ea3baa4c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda56a63b51064e2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf729bfe73944798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7701ea3baa4c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra45905a4e8b94daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda56a63b51064e2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>98,180</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,180</x:t>
-[...259 lines deleted...]
-          <x:t>98,350</x:t>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,350</x:t>
-[...70 lines deleted...]
-          <x:t>99,190</x:t>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,130</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>100,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...4 lines deleted...]
-          <x:t>100,570</x:t>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>