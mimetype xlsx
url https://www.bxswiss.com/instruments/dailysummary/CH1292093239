--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c39e3d0aa8429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0daa47516914903" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda56a63b51064e2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra221d11079844c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra45905a4e8b94daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda56a63b51064e2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9ff832ca1a44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra221d11079844c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>