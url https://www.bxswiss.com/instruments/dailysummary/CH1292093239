--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0daa47516914903" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de3dfa4367f4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra221d11079844c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21557f212a8e4438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9ff832ca1a44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra221d11079844c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd8bb209761c4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21557f212a8e4438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,535</x:t>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>101,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,635</x:t>
-[...355 lines deleted...]
-          <x:t>102,990</x:t>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>