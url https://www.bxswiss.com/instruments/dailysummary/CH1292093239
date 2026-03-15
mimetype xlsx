--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de3dfa4367f4724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa88be7b7504587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21557f212a8e4438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40d761f02f02406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd8bb209761c4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21557f212a8e4438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b618274923a4a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40d761f02f02406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>100,460</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,410</x:t>
-[...593 lines deleted...]
-          <x:t>101,950</x:t>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>