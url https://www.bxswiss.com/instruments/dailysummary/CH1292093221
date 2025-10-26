--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4427992672214cc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3595f1c121a640ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f45fa5b38c4952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664e65d1081d4127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd050ece96b9441d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f45fa5b38c4952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43bb167df4e4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664e65d1081d4127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,070</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,810</x:t>
-[...151 lines deleted...]
-          <x:t>100,885</x:t>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>99,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>