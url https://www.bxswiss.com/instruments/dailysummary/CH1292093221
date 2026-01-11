--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3595f1c121a640ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67dbfb398f843fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664e65d1081d4127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c7033b56294adf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43bb167df4e4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664e65d1081d4127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fac65cd1e1e4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c7033b56294adf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,740</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,110</x:t>
-[...16 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>96,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>