--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67dbfb398f843fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2671dd8f7bf04791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c7033b56294adf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6a2e3eb08245f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fac65cd1e1e4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c7033b56294adf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56af0a7458f3410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6a2e3eb08245f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,900</x:t>
-[...306 lines deleted...]
-          <x:t>99,260</x:t>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>