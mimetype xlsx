--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2671dd8f7bf04791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e99b4ac79049bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6a2e3eb08245f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0250768944ac490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56af0a7458f3410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6a2e3eb08245f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94bc1892b6f84114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0250768944ac490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>