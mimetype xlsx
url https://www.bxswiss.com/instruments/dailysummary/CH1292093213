--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704078ad46324b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5695d097ddd7497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f40fada911e4cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fdec1b567c4959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72f79347d6e641e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f40fada911e4cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222b441c27b84798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fdec1b567c4959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,220</x:t>
-[...247 lines deleted...]
-          <x:t>99,610</x:t>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>99,050</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>102,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>