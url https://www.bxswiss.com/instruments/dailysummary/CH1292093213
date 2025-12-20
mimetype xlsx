--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5695d097ddd7497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f2b7cbd3be4491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fdec1b567c4959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb71aac9ce2b4e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222b441c27b84798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fdec1b567c4959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45e7b9f629224270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb71aac9ce2b4e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,450</x:t>
-[...4 lines deleted...]
-          <x:t>101,950</x:t>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,440</x:t>
-[...21 lines deleted...]
-          <x:t>102,090</x:t>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,950</x:t>
-[...355 lines deleted...]
-          <x:t>99,100</x:t>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>