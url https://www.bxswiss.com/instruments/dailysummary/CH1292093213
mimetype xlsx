--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f2b7cbd3be4491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a5acdf7736c4976" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb71aac9ce2b4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd42ef39d808f4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45e7b9f629224270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb71aac9ce2b4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c9eaa258f54183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd42ef39d808f4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,120</x:t>
-[...166 lines deleted...]
-          <x:t>102,160</x:t>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>101,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,880</x:t>
-[...90 lines deleted...]
-          <x:t>102,830</x:t>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>