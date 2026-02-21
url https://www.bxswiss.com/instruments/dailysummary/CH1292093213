--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a5acdf7736c4976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0dfbdfdf6b4eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd42ef39d808f4a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41f3a3d19bbe411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c9eaa258f54183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd42ef39d808f4a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9a004c930242d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41f3a3d19bbe411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>102,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,710</x:t>
-[...431 lines deleted...]
-          <x:t>103,235</x:t>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>