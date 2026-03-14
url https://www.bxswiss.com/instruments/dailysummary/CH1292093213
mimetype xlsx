--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0dfbdfdf6b4eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6ffe9bc250465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41f3a3d19bbe411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d40f48b89fc41fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9a004c930242d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41f3a3d19bbe411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R164125cf9cac4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d40f48b89fc41fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>101,815</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>101,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,920</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>101,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,910</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>102,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>