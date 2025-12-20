--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34a7abb767b4b02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463ba46ee2634a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R625b4f2223e14472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0ab970e5814985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c84ec0b7f3a4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R625b4f2223e14472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2853ef169864b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0ab970e5814985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>