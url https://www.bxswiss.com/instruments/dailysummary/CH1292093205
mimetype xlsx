--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463ba46ee2634a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e37d42957ee49f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0ab970e5814985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaac6321c72c46ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2853ef169864b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0ab970e5814985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f4b02a54ec413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaac6321c72c46ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,950</x:t>
-[...377 lines deleted...]
-          <x:t>60,010</x:t>
+          <x:t>50,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,510</x:t>
-[...215 lines deleted...]
-          <x:t>55,495</x:t>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>