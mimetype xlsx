--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e37d42957ee49f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e263b74da7485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaac6321c72c46ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe8dcae808614f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83f4b02a54ec413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaac6321c72c46ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9bfb26f5174112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe8dcae808614f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>54,370</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>