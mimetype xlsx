--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e263b74da7485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R436b899791a441f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe8dcae808614f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R223a1cdc59ac44d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9bfb26f5174112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe8dcae808614f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856ef6238a394908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R223a1cdc59ac44d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>47,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>