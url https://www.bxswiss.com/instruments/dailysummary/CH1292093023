--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc4d28e21944bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9a227a1b584feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a4bde72d3f4f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30b22aa485848ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dbe6544910e42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a4bde72d3f4f24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97c7e065ef834e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30b22aa485848ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>95,820</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>96,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,190</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>96,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,580</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>97,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,070</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>