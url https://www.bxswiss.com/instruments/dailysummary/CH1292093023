--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9a227a1b584feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra899dcb165764b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30b22aa485848ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1efa9ed8c748df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97c7e065ef834e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30b22aa485848ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff08d862f2e49f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1efa9ed8c748df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,330</x:t>
-[...178 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,180</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>88,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>