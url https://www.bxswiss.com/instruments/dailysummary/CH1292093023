--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra899dcb165764b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7d6b0d62e3e42b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1efa9ed8c748df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9971c43588a34224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff08d862f2e49f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1efa9ed8c748df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeea4559570045a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9971c43588a34224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,180</x:t>
-[...522 lines deleted...]
-          <x:t>87,790</x:t>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>