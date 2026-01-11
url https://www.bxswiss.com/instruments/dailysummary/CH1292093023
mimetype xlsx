--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7d6b0d62e3e42b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R979ca1057fc3473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9971c43588a34224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309cf680e0994a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeea4559570045a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9971c43588a34224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b945a0427ce4cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309cf680e0994a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>95,930</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,010</x:t>
-[...48 lines deleted...]
-          <x:t>96,720</x:t>
+          <x:t>94,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>96,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,130</x:t>
-[...161 lines deleted...]
-          <x:t>96,230</x:t>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>