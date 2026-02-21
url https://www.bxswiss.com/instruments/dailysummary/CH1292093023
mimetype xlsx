--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R979ca1057fc3473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80188ab376cd46d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309cf680e0994a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4749d235d9684e39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b945a0427ce4cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309cf680e0994a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56fd2f872f9b4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4749d235d9684e39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,130</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>