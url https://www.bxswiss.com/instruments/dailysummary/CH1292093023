--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80188ab376cd46d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027e595f95974af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4749d235d9684e39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa0991fe6da4b91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56fd2f872f9b4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4749d235d9684e39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e7e217ffcb4243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa0991fe6da4b91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>93,070</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,070</x:t>
-[...237 lines deleted...]
-          <x:t>92,430</x:t>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>92,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>95,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>