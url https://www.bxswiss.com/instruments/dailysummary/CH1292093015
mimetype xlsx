--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb9998277d241aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd700d69ed25e42b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb79c6099d1241e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73d236f16484e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf706bd67f54768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb79c6099d1241e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf1f1e2d17940bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73d236f16484e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>107,590</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,570</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>108,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,245</x:t>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>