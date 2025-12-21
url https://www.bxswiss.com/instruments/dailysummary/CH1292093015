--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd700d69ed25e42b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e1c638b18342aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73d236f16484e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac20601a252d4bc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf1f1e2d17940bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73d236f16484e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123059f074a1406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac20601a252d4bc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,300</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>