--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e1c638b18342aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fde1f763ee4590" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac20601a252d4bc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra31fa4618b174db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123059f074a1406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac20601a252d4bc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb79de9dc8144b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra31fa4618b174db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...332 lines deleted...]
-          <x:t>08.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,530</x:t>
-[...247 lines deleted...]
-          <x:t>100,530</x:t>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>