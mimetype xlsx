--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fde1f763ee4590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0406172276de42c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra31fa4618b174db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2acb46a56140a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb79de9dc8144b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra31fa4618b174db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R551cfa4fa3d84d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2acb46a56140a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,435</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>101,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>