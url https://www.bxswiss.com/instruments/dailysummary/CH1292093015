--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0406172276de42c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b5339d34644e3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2acb46a56140a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9fe19f032664784"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R551cfa4fa3d84d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2acb46a56140a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d7b839f59e463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9fe19f032664784" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.20% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>99,890</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,740</x:t>
-[...11 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,050</x:t>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,815</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>102,090</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,245</x:t>
-[...85 lines deleted...]
-          <x:t>102,780</x:t>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>