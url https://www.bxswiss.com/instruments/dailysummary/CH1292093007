--- v0 (2025-10-02)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4387d379c6a04536" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61f0458c4e747e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189bf7373acd41c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R928f6ddc1b974664"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60381ece6fa744ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189bf7373acd41c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R608690e6575e454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R928f6ddc1b974664" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...401 lines deleted...]
-          <x:t>88,680</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,090</x:t>
-[...9 lines deleted...]
-          <x:t>90,000</x:t>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>