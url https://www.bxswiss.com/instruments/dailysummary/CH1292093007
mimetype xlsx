--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61f0458c4e747e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad6d0a2355f4216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R928f6ddc1b974664"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cad15ab9194462"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R608690e6575e454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R928f6ddc1b974664" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re828b0a655834343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cad15ab9194462" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>87,660</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>91,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>91,670</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>