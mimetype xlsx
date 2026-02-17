--- v2 (2026-01-16)
+++ v3 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad6d0a2355f4216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9a9d871ddb4a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cad15ab9194462"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reddb78051ad9498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re828b0a655834343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cad15ab9194462" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9d3c3921d34d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reddb78051ad9498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>