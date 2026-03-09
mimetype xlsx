--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9a9d871ddb4a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fb7a1520674f13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reddb78051ad9498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c781fe6b0c4b80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9d3c3921d34d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reddb78051ad9498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23ea43777884c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c781fe6b0c4b80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>97,540</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,540</x:t>
-[...70 lines deleted...]
-          <x:t>98,460</x:t>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,460</x:t>
-[...119 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>98,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>