--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fb7a1520674f13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re044890f11054a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c781fe6b0c4b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ef6ec831d6483b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23ea43777884c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c781fe6b0c4b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe85a1b222e54c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ef6ec831d6483b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292093007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,300</x:t>
-[...43 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>93,360</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>