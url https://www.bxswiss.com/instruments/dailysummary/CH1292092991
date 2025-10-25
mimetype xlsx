--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc025d271ec4cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re67401e8404e4321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1866cc31b4c45e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reed307b659b4414c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec55586d99447e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1866cc31b4c45e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b305b9ca17844e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reed307b659b4414c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,390</x:t>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>104,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,055</x:t>
-[...6 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,095</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>104,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>