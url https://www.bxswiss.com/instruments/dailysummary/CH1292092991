--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re67401e8404e4321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e69edc6229485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reed307b659b4414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f3e6f8ef3442ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b305b9ca17844e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reed307b659b4414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fa562f071eb4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f3e6f8ef3442ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,720</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,410</x:t>
-[...198 lines deleted...]
-          <x:t>101,635</x:t>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>