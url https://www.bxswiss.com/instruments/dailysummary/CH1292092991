--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e69edc6229485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211f503c4dc14af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f3e6f8ef3442ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe58122b5e0d48af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fa562f071eb4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f3e6f8ef3442ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6040d339d031423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe58122b5e0d48af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>102,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,410</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,340</x:t>
-[...355 lines deleted...]
-          <x:t>103,995</x:t>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>