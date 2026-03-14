--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211f503c4dc14af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d834367b8e4d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe58122b5e0d48af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fb41dbc90254992"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6040d339d031423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe58122b5e0d48af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba621efc7064c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fb41dbc90254992" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,740</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>