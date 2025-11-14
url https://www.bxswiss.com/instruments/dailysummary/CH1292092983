--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f65052f36ca440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red93c6d00a294f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d7bc63f951a4d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952e3a103ab8458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf668138885814ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d7bc63f951a4d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c8ab72bd77409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952e3a103ab8458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>103,815</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,535</x:t>
-[...107 lines deleted...]
-          <x:t>103,755</x:t>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>