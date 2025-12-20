--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red93c6d00a294f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc06394ed9964698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952e3a103ab8458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf857e9b09504f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c8ab72bd77409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952e3a103ab8458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racca4c10d0ca4353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf857e9b09504f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>102,720</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>102,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,720</x:t>
-[...286 lines deleted...]
-          <x:t>103,235</x:t>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,235</x:t>
-[...31 lines deleted...]
-          <x:t>103,265</x:t>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>