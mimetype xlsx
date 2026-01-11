--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc06394ed9964698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d945ae6a1042e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf857e9b09504f12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128fa36d22e0448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racca4c10d0ca4353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf857e9b09504f12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9b19f42cb843e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128fa36d22e0448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,340</x:t>
-[...620 lines deleted...]
-          <x:t>103,735</x:t>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>