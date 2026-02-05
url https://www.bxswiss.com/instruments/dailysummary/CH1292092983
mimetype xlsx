--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d945ae6a1042e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2cdf6b455048b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128fa36d22e0448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b4d892922c4958"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9b19f42cb843e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128fa36d22e0448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8fd6f2a79454d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b4d892922c4958" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,421 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>103,755</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,755</x:t>
-[...16 lines deleted...]
-          <x:t>103,845</x:t>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,805</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>103,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,905</x:t>
         </x:is>
       </x:c>
@@ -602,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>