--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2cdf6b455048b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e50bd5229f540a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b4d892922c4958"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5e7a71b8a2481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8fd6f2a79454d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b4d892922c4958" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fc5a2082d64371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5e7a71b8a2481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,490</x:t>
+          <x:t>102,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>102,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,460</x:t>
-[...151 lines deleted...]
-          <x:t>102,280</x:t>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,280</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,280</x:t>
-[...269 lines deleted...]
-          <x:t>101,745</x:t>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>