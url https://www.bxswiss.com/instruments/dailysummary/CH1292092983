--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e50bd5229f540a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2caa003c406d4a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5e7a71b8a2481c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eacd17dde674b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fc5a2082d64371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5e7a71b8a2481c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R253719fec6074163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eacd17dde674b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>101,970</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,475</x:t>
-[...124 lines deleted...]
-          <x:t>102,040</x:t>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>101,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>