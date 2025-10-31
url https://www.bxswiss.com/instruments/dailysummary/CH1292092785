--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d224e145f54d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8429fd1e480f44d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2dc4309c2c4a71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f0ac6737e948f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc36cc42761734ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2dc4309c2c4a71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1a232cc40b462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f0ac6737e948f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.80% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>