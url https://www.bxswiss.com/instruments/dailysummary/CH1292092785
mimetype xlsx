--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8429fd1e480f44d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e22dec49ba24fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f0ac6737e948f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9aaaab5a6444400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1a232cc40b462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f0ac6737e948f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7786c7e86a4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9aaaab5a6444400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.80% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>103,895</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,895</x:t>
-[...80 lines deleted...]
-          <x:t>104,355</x:t>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>104,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,195</x:t>
-[...301 lines deleted...]
-          <x:t>104,255</x:t>
+          <x:t>104,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>