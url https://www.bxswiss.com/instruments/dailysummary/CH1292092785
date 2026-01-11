--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e22dec49ba24fbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42aabfa7d88d4cf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9aaaab5a6444400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42a6c273992f4aac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7786c7e86a4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9aaaab5a6444400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd02fb5775374426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42a6c273992f4aac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.80% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>103,040</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,830</x:t>
-[...38 lines deleted...]
-          <x:t>102,430</x:t>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,965</x:t>
-[...16 lines deleted...]
-          <x:t>101,395</x:t>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,855</x:t>
-[...490 lines deleted...]
-          <x:t>104,780</x:t>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>