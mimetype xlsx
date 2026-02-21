--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42aabfa7d88d4cf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c41cf56ed7460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42a6c273992f4aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80412fabce3a4c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd02fb5775374426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42a6c273992f4aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a7be609b774c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80412fabce3a4c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.80% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>104,850</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,010</x:t>
-[...377 lines deleted...]
-          <x:t>102,690</x:t>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>