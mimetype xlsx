--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c41cf56ed7460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b74b638ee345ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80412fabce3a4c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04339bced0dc4669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a7be609b774c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80412fabce3a4c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R876ba12a06c44dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04339bced0dc4669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.80% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>104,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>