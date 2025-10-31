--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62acc97024ac40d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ec8ac14e1f43fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727a3982d0214ef5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc93e90fcb2d47fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1f7d34362441e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727a3982d0214ef5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R311355eae1084256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc93e90fcb2d47fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>101,515</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,455</x:t>
-[...53 lines deleted...]
-          <x:t>101,215</x:t>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,425</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,865</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>