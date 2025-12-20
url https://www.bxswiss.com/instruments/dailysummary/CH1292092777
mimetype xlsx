--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ec8ac14e1f43fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb20a604d1e486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc93e90fcb2d47fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31e262bfe4a4d25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R311355eae1084256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc93e90fcb2d47fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea7e1377cadd44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31e262bfe4a4d25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,295</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>101,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>101,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,135</x:t>
-[...168 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,510</x:t>
-[...279 lines deleted...]
-          <x:t>99,610</x:t>
+          <x:t>99,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>