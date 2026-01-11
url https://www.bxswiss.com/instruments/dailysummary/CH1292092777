--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb20a604d1e486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbad547b533b4911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31e262bfe4a4d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9520d325f89c4aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea7e1377cadd44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31e262bfe4a4d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486a2a9b56f045ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9520d325f89c4aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>98,810</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>100,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>99,880</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>