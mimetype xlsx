--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbad547b533b4911" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fb383e1e8e4098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9520d325f89c4aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra275c9dd0fea42f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486a2a9b56f045ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9520d325f89c4aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38df7a285b004cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra275c9dd0fea42f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>100,935</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,400</x:t>
-[...60 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,850</x:t>
-[...4 lines deleted...]
-          <x:t>98,910</x:t>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>99,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>99,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>100,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,550</x:t>
-[...4 lines deleted...]
-          <x:t>100,785</x:t>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>