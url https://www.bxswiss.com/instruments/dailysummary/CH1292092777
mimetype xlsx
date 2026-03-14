--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fb383e1e8e4098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae31c3fde8bc4953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra275c9dd0fea42f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re295feb4b59241ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38df7a285b004cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra275c9dd0fea42f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929eb16640234052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re295feb4b59241ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>101,145</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,865</x:t>
-[...21 lines deleted...]
-          <x:t>101,205</x:t>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,785</x:t>
-[...92 lines deleted...]
-          <x:t>100,560</x:t>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,450</x:t>
-[...421 lines deleted...]
-          <x:t>99,920</x:t>
+          <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,725</x:t>
-        </x:is>
-[...62 lines deleted...]
-          <x:t>101,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>