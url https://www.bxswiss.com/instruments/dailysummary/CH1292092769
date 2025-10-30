--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cabbcc7cde34a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27415f89e8054e3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R331519244c43451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R248f607de8a1483f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb4273a2305464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R331519244c43451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1cb92c18ff4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R248f607de8a1483f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,850</x:t>
-[...31 lines deleted...]
-          <x:t>99,700</x:t>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>99,590</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>100,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>