--- v1 (2025-10-30)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27415f89e8054e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5935233f1de545fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R248f607de8a1483f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb273783d8e4fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1cb92c18ff4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R248f607de8a1483f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b6f4946d6f74196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb273783d8e4fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,010</x:t>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,880</x:t>
-[...183 lines deleted...]
-          <x:t>98,870</x:t>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>99,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>100,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>