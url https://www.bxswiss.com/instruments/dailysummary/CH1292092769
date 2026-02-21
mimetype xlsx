--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5935233f1de545fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056b9949ef4a434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb273783d8e4fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d27ae7c88e4608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b6f4946d6f74196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb273783d8e4fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5acdf2c0428e4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d27ae7c88e4608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>100,020</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>