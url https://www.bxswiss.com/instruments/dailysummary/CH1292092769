--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056b9949ef4a434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe093327c694b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d27ae7c88e4608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c34923796b4e3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5acdf2c0428e4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d27ae7c88e4608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ef6752a1654438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c34923796b4e3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>101,295</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,785</x:t>
-[...193 lines deleted...]
-          <x:t>100,975</x:t>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>101,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,265</x:t>
-[...6 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,145</x:t>
-[...117 lines deleted...]
-          <x:t>101,685</x:t>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>