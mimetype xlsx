--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c01ad5ec0d449aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b3d11bb10143bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b89d55d7b5b4f9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re219e4fef94f4288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R932525ba83a34b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b89d55d7b5b4f9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2821bf2d7fdb4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re219e4fef94f4288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,640</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>