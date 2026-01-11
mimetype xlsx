--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b3d11bb10143bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b35487e1ae948a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re219e4fef94f4288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc106e00356474411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2821bf2d7fdb4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re219e4fef94f4288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f0907691e64abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc106e00356474411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,450</x:t>
-[...494 lines deleted...]
-        <x:is>
           <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>