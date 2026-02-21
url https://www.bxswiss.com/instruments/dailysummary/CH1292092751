--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b35487e1ae948a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47b6533ef4b4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc106e00356474411"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd79883e9fe2446b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f0907691e64abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc106e00356474411" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8d0bcc18679457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd79883e9fe2446b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>84,560</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>