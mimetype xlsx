--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47b6533ef4b4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c2cff41c9e4844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd79883e9fe2446b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b9b3998f2f4e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8d0bcc18679457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd79883e9fe2446b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee18617c7804187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b9b3998f2f4e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.60% p.a. Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>71,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>