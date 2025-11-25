--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae1bfa5e6544ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181fd4127bda424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17139f5e502447d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21594fe600647b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1417665a95d4f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17139f5e502447d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf210f06178d74dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21594fe600647b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>99,380</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,230</x:t>
-[...259 lines deleted...]
-          <x:t>99,780</x:t>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,530</x:t>
-[...269 lines deleted...]
-          <x:t>97,960</x:t>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>