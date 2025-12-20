--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181fd4127bda424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b44ffe046494336" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21594fe600647b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d12426ea7048ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf210f06178d74dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21594fe600647b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d69640798214bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d12426ea7048ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,190</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,980</x:t>
-[...129 lines deleted...]
-          <x:t>96,180</x:t>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>97,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,260</x:t>
-[...259 lines deleted...]
-          <x:t>98,710</x:t>
+          <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,210</x:t>
-[...58 lines deleted...]
-          <x:t>99,090</x:t>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>