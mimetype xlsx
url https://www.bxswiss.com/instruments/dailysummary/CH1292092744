--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b44ffe046494336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66cef38948548fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d12426ea7048ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b56b98fce842ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d69640798214bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d12426ea7048ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0a02c855bd941ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b56b98fce842ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>98,240</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>20.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>01.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,670</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>99,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>