--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66cef38948548fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac05d4541af42fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b56b98fce842ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa3e4b97efe4531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0a02c855bd941ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b56b98fce842ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2865a2f080944e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa3e4b97efe4531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>96,030</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,960</x:t>
-[...308 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,600</x:t>
-[...90 lines deleted...]
-          <x:t>97,670</x:t>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>