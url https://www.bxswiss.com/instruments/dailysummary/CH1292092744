--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac05d4541af42fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5470fcba5f40ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa3e4b97efe4531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0356fb54d5624dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2865a2f080944e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa3e4b97efe4531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba6892ef7aa4998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0356fb54d5624dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,510</x:t>
-[...441 lines deleted...]
-          <x:t>94,830</x:t>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>